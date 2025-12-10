--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -1,153 +1,153 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\FONDOS\Traspaso DS\Informes\Mensuales\Mensual\Enviados\Series\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{50DFA477-4262-488D-A1D3-E56FB41A72DB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{61B74DF2-F310-42EC-8CC9-50AC1CDC3E40}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="28680" yWindow="-120" windowWidth="28110" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="-28920" yWindow="-1575" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FEES - ESSF" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A74" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4" uniqueCount="4">
   <si>
     <t>Evolución Histórica del Valor de Mercado / Market Value Evolution</t>
   </si>
   <si>
     <t>(en millones de dólares) / (US$ million)</t>
   </si>
   <si>
     <t>FEES / ESSF</t>
   </si>
   <si>
     <t>Fecha / Date</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="48">
-    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
-[...46 lines deleted...]
-    <numFmt numFmtId="210" formatCode="_-&quot;$&quot;\ * #,##0.00_-;\-&quot;$&quot;\ * #,##0.00_-;_-&quot;$&quot;\ * &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="42" formatCode="_ &quot;$&quot;* #,##0_ ;_ &quot;$&quot;* \-#,##0_ ;_ &quot;$&quot;* &quot;-&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="44" formatCode="_ &quot;$&quot;* #,##0.00_ ;_ &quot;$&quot;* \-#,##0.00_ ;_ &quot;$&quot;* &quot;-&quot;??_ ;_ @_ "/>
+    <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
+    <numFmt numFmtId="165" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="166" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="167" formatCode="0.0"/>
+    <numFmt numFmtId="168" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="169" formatCode="_-* #,##0.00\ _P_t_s_-;\-* #,##0.00\ _P_t_s_-;_-* &quot;-&quot;??\ _P_t_s_-;_-@_-"/>
+    <numFmt numFmtId="170" formatCode="_-[$€-2]* #,##0.00_-;\-[$€-2]* #,##0.00_-;_-[$€-2]* &quot;-&quot;??_-"/>
+    <numFmt numFmtId="171" formatCode="_([$€]* #,##0.00_);_([$€]* \(#,##0.00\);_([$€]* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="172" formatCode="0\ \ \ \ \ "/>
+    <numFmt numFmtId="173" formatCode="[&gt;=10000]#\'\'000\'0\ \ ;[&lt;=-10000]\-#\'\'000\'0\ \ ;#\'0\ \ ;"/>
+    <numFmt numFmtId="174" formatCode="#\'000\ \ \ ;\-#\'000\ \ \ ;\ \ \ ;@"/>
+    <numFmt numFmtId="175" formatCode="0.0\ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ "/>
+    <numFmt numFmtId="176" formatCode="###,###,##0\ \ \ \ \ \ \ \ \ ;\-###,###,##0\ \ \ \ \ \ \ \ \ "/>
+    <numFmt numFmtId="177" formatCode="#,##0.0000000000;\-#,##0.0000000000"/>
+    <numFmt numFmtId="178" formatCode="#,##0.0;\-#,##0.0"/>
+    <numFmt numFmtId="179" formatCode="#,##0.000;\-#,##0.000"/>
+    <numFmt numFmtId="180" formatCode="#,##0.0000;\-#,##0.0000"/>
+    <numFmt numFmtId="181" formatCode="#,##0.00000;\-#,##0.00000"/>
+    <numFmt numFmtId="182" formatCode="#,##0.000000;\-#,##0.000000"/>
+    <numFmt numFmtId="183" formatCode="#,##0.0000000;\-#,##0.0000000"/>
+    <numFmt numFmtId="184" formatCode="#,##0.00000000;\-#,##0.00000000"/>
+    <numFmt numFmtId="185" formatCode="#,##0.000000000;\-#,##0.000000000"/>
+    <numFmt numFmtId="186" formatCode="0\ \ \ ;[Red]\-0\ \ \ "/>
+    <numFmt numFmtId="187" formatCode="0.0\ \ \ \ \ \ \ \ \ \ \ \ \ "/>
+    <numFmt numFmtId="188" formatCode="0.0\ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ ;\-0.0\ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ "/>
+    <numFmt numFmtId="189" formatCode="0.0\ \ \ \ \ "/>
+    <numFmt numFmtId="190" formatCode="\ \ \ \ \ \ \ \ \ \ \ \ \ \ @"/>
+    <numFmt numFmtId="191" formatCode="\ \ \ \ \ \ \ \ @"/>
+    <numFmt numFmtId="192" formatCode="0\ \ \ \ \ ;\ \(0\)\ \ \ \ "/>
+    <numFmt numFmtId="193" formatCode="0.0\ \ \ \ \ \ \ \ \ \ \ \ \ \ \ ;[Red]\-0.0\ \ \ \ \ \ \ \ \ \ \ \ \ \ \ "/>
+    <numFmt numFmtId="194" formatCode="\ \ \ @"/>
+    <numFmt numFmtId="195" formatCode="\ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ @"/>
+    <numFmt numFmtId="196" formatCode="\ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ @"/>
+    <numFmt numFmtId="197" formatCode="\ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ @"/>
+    <numFmt numFmtId="198" formatCode="\ \ \ \ \ \ \ \ \ \ \ \ @"/>
+    <numFmt numFmtId="199" formatCode="\ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ @"/>
+    <numFmt numFmtId="200" formatCode="\ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ @"/>
+    <numFmt numFmtId="201" formatCode="\ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ @"/>
+    <numFmt numFmtId="202" formatCode="\ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ @"/>
+    <numFmt numFmtId="203" formatCode="\ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ @"/>
+    <numFmt numFmtId="204" formatCode="\ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ @"/>
+    <numFmt numFmtId="205" formatCode="\ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ @"/>
+    <numFmt numFmtId="206" formatCode="\ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ \ @"/>
+    <numFmt numFmtId="207" formatCode="_-&quot;$&quot;\ * #,##0.00_-;\-&quot;$&quot;\ * #,##0.00_-;_-&quot;$&quot;\ * &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="47">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -972,172 +972,172 @@
         <color indexed="48"/>
       </right>
       <top style="thin">
         <color indexed="48"/>
       </top>
       <bottom style="thin">
         <color indexed="48"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="48"/>
       </top>
       <bottom style="thin">
         <color indexed="48"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2108">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="169" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="169" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="169" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="169" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="7" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="7" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="8" borderId="12" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="14" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="167" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
-    <xf numFmtId="167" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -1793,71 +1793,71 @@
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="175" fontId="29" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="170" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="171" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="172" fontId="29" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="31" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyProtection="0">
+    <xf numFmtId="173" fontId="31" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="177" fontId="7" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="178" fontId="32" fillId="0" borderId="0"/>
+    <xf numFmtId="174" fontId="7" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="175" fontId="32" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
@@ -2027,90 +2027,90 @@
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="13" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="4"/>
-    <xf numFmtId="179" fontId="32" fillId="0" borderId="0"/>
+    <xf numFmtId="176" fontId="32" fillId="0" borderId="0"/>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="37" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="37" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="177" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="178" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="39" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="39" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="179" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="180" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="181" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="39" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="39" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="182" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="183" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="184" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="185" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="186" fontId="7" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="188" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="33" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="33" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="189" fontId="35" fillId="0" borderId="0">
+    <xf numFmtId="186" fontId="35" fillId="0" borderId="0">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="190" fontId="36" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="192" fontId="32" fillId="0" borderId="0"/>
+    <xf numFmtId="187" fontId="36" fillId="0" borderId="0"/>
+    <xf numFmtId="167" fontId="32" fillId="0" borderId="0"/>
+    <xf numFmtId="188" fontId="32" fillId="0" borderId="0"/>
+    <xf numFmtId="189" fontId="32" fillId="0" borderId="0"/>
     <xf numFmtId="4" fontId="37" fillId="35" borderId="16" applyNumberFormat="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="38" fillId="35" borderId="16" applyNumberFormat="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="35" borderId="16" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="35" borderId="16" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="36" borderId="0" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="37" borderId="16" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="38" borderId="16" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="39" borderId="16" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="40" borderId="16" applyNumberFormat="0" applyProtection="0">
@@ -2192,141 +2192,141 @@
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="41" fillId="48" borderId="16" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="37" fillId="46" borderId="16" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="47" borderId="16" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="42" fillId="47" borderId="18" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="43" fillId="48" borderId="16" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="50" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="51" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="52" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="52" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="193" fontId="32" fillId="0" borderId="0"/>
-    <xf numFmtId="192" fontId="32" fillId="0" borderId="0"/>
     <xf numFmtId="190" fontId="32" fillId="0" borderId="0"/>
+    <xf numFmtId="189" fontId="32" fillId="0" borderId="0"/>
+    <xf numFmtId="187" fontId="32" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="194" fontId="32" fillId="0" borderId="4"/>
-[...3 lines deleted...]
-    <xf numFmtId="197" fontId="32" fillId="0" borderId="15">
+    <xf numFmtId="191" fontId="32" fillId="0" borderId="4"/>
+    <xf numFmtId="192" fontId="32" fillId="0" borderId="0"/>
+    <xf numFmtId="193" fontId="32" fillId="0" borderId="0"/>
+    <xf numFmtId="191" fontId="32" fillId="0" borderId="15"/>
+    <xf numFmtId="194" fontId="32" fillId="0" borderId="15">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="194" fontId="45" fillId="0" borderId="15">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="191" fontId="32" fillId="0" borderId="15"/>
+    <xf numFmtId="191" fontId="45" fillId="0" borderId="15">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="195" fontId="45" fillId="0" borderId="15">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="196" fontId="45" fillId="0" borderId="15">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="197" fontId="45" fillId="0" borderId="15">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="194" fontId="45" fillId="0" borderId="15">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="198" fontId="32" fillId="0" borderId="15"/>
     <xf numFmtId="198" fontId="45" fillId="0" borderId="15">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="199" fontId="45" fillId="0" borderId="15">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="199" fontId="32" fillId="0" borderId="15"/>
     <xf numFmtId="200" fontId="45" fillId="0" borderId="15">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="201" fontId="32" fillId="0" borderId="15"/>
-    <xf numFmtId="201" fontId="45" fillId="0" borderId="15">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="202" fontId="32" fillId="0" borderId="15"/>
-    <xf numFmtId="203" fontId="45" fillId="0" borderId="15">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="203" fontId="32" fillId="0" borderId="15"/>
     <xf numFmtId="204" fontId="32" fillId="0" borderId="15"/>
     <xf numFmtId="205" fontId="32" fillId="0" borderId="15"/>
     <xf numFmtId="206" fontId="32" fillId="0" borderId="15"/>
-    <xf numFmtId="207" fontId="32" fillId="0" borderId="15"/>
-[...4 lines deleted...]
-    <xf numFmtId="196" fontId="32" fillId="0" borderId="0"/>
+    <xf numFmtId="193" fontId="32" fillId="0" borderId="0"/>
+    <xf numFmtId="193" fontId="32" fillId="0" borderId="0"/>
+    <xf numFmtId="193" fontId="32" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="167" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="167" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="172" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="9" fontId="33" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="167" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...8 lines deleted...]
-    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="4" fontId="43" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="42" fillId="47" borderId="20" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="47" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="37" fillId="46" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="41" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="49" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
@@ -2387,342 +2387,342 @@
     </xf>
     <xf numFmtId="4" fontId="39" fillId="40" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="39" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="38" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="37" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="38" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="37" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...33 lines deleted...]
-    <xf numFmtId="167" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="169" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...16 lines deleted...]
-    <xf numFmtId="169" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="207" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="207" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="207" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
-    <xf numFmtId="169" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...19 lines deleted...]
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="207" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="207" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="207" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="207" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="167" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="167" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0"/>
-    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...197 lines deleted...]
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="42" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="42" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="4" fontId="37" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="38" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="37" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="38" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="39" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="40" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="41" borderId="19" applyNumberFormat="0" applyProtection="0">
@@ -2778,78 +2778,78 @@
     </xf>
     <xf numFmtId="0" fontId="27" fillId="49" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="49" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="41" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="37" fillId="46" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="47" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="42" fillId="47" borderId="20" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="43" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="169" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
-    <xf numFmtId="169" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="169" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...8 lines deleted...]
-    <xf numFmtId="169" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="169" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...7 lines deleted...]
-    <xf numFmtId="169" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="4" fontId="37" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="38" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="37" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="38" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="39" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="40" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="41" borderId="19" applyNumberFormat="0" applyProtection="0">
@@ -2905,770 +2905,770 @@
     </xf>
     <xf numFmtId="0" fontId="27" fillId="49" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="49" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="39" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="41" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="37" fillId="46" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="47" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="42" fillId="47" borderId="20" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="43" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="169" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...151 lines deleted...]
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...285 lines deleted...]
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...80 lines deleted...]
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...85 lines deleted...]
-    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...35 lines deleted...]
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...27 lines deleted...]
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="42" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="4" fontId="37" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="38" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="37" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="38" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="39" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="40" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="41" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="42" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="43" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="44" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="34" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="46" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="36" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="36" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="47" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="47" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="46" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="46" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="41" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="37" fillId="46" borderId="20" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="49" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="49" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="41" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="37" fillId="46" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="47" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="42" fillId="47" borderId="20" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="43" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="42" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="4" fontId="37" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="38" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="35" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="37" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="38" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="39" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="40" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="41" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="42" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="43" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="44" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="34" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="46" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="36" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="36" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="47" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="47" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="46" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="46" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="41" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="37" fillId="46" borderId="20" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="49" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="49" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="39" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="41" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="37" fillId="46" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="47" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="42" fillId="47" borderId="20" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="43" fillId="48" borderId="19" applyNumberFormat="0" applyProtection="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="42" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="42" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="42" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="170" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="167" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="14" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="4" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="4" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="43" fontId="3" fillId="0" borderId="4" xfId="16" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="171" fontId="3" fillId="0" borderId="0" xfId="58" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="4" xfId="16" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="168" fontId="3" fillId="0" borderId="0" xfId="58" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2108">
     <cellStyle name="_ESB Equity and Bond tabs - DRH Template" xfId="95" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="_Page 10 - Global Equity Manager - Performance by Region" xfId="101" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="_Page 12 - Global Equity Manager Performance by Sector" xfId="85" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="_Page 12 - Global Equity Manager Performance by Sector November 09" xfId="102" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent1 10" xfId="99" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 10 2" xfId="100" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent1 11" xfId="114" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent1 11 2" xfId="103" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent1 12" xfId="122" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent1 12 2" xfId="120" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent1 13" xfId="86" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent1 14" xfId="107" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent1 15" xfId="112" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent1 2" xfId="110" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent1 2 2" xfId="117" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent1 2 2 2" xfId="78" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - Accent1 2 2 2 2" xfId="75" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - Accent1 2 2 3" xfId="71" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20% - Accent1 2 2 3 2" xfId="104" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
@@ -6063,54 +6063,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D229"/>
+  <dimension ref="A1:D231"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A210" workbookViewId="0">
-      <selection activeCell="B229" sqref="B229"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A213" workbookViewId="0">
+      <selection activeCell="B231" sqref="B231"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15"/>
   <cols>
     <col min="2" max="2" width="18.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15" customHeight="1">
       <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="9"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3" ht="15" customHeight="1">
       <c r="A2" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="9"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:3" ht="15" customHeight="1">
       <c r="B3" s="8"/>
       <c r="C3" s="2"/>
     </row>
@@ -7982,50 +7982,66 @@
         <v>3792.7463263900004</v>
       </c>
     </row>
     <row r="227" spans="1:2">
       <c r="A227" s="21">
         <v>45838</v>
       </c>
       <c r="B227" s="23">
         <v>3844.8981569200014</v>
       </c>
     </row>
     <row r="228" spans="1:2">
       <c r="A228" s="21">
         <v>45869</v>
       </c>
       <c r="B228" s="23">
         <v>3805.5456557900006</v>
       </c>
     </row>
     <row r="229" spans="1:2">
       <c r="A229" s="21">
         <v>45900</v>
       </c>
       <c r="B229" s="23">
         <v>3863.2920758500013</v>
+      </c>
+    </row>
+    <row r="230" spans="1:2">
+      <c r="A230" s="21">
+        <v>45930</v>
+      </c>
+      <c r="B230" s="23">
+        <v>3877.38</v>
+      </c>
+    </row>
+    <row r="231" spans="1:2">
+      <c r="A231" s="21">
+        <v>45961</v>
+      </c>
+      <c r="B231" s="23">
+        <v>3868.8610919399998</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="B7:B138">
     <cfRule type="cellIs" dxfId="1" priority="13501" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B143:B182">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>